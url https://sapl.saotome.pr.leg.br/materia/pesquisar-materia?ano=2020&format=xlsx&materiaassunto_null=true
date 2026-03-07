--- v0 (2026-01-21)
+++ v1 (2026-03-07)
@@ -54,264 +54,264 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/122/projeto_de_resolucao_001_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/122/projeto_de_resolucao_001_2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO DO MUNICÍPIO DE SÃO TOMÉ A LICENCIAR-SE DO CARGO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/123/projeto_de_resolucao_002_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/123/projeto_de_resolucao_002_2020.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL  À REMUNERAÇÃO DOS SERVIDORES DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/124/projeto_de_resolucao_003_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/124/projeto_de_resolucao_003_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE REVISÃO DO SUBSÍDIO DOS VEREADORES E PRESIDENTE DA CÂMARA MUNICIPAL DE SÃO TOMÉ E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>CJLRFO - Comissão de Justiça, Legislação Redação Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/125/projeto_de_resolucao_004_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/125/projeto_de_resolucao_004_2020.pdf</t>
   </si>
   <si>
     <t>APROVA O ACÓRDÃO DE PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DO PARANÁ, QUE JULGOU REGULARES COM  RESSALVAS AS CONTAS DO PODER EXECUTIVO DO MUNICÍPIO DE SÃO TOMÉ, REFERENTE AO EXERCÍCIO FINANCEIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/126/projeto_de_resolucao_005_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/126/projeto_de_resolucao_005_2020.pdf</t>
   </si>
   <si>
     <t>DESAPROVA AS CONTAS DO PODER EXECUTIVO MUNICIPAL, REFERENTES AO EXERCÍCIO FINANCEIRO DE 2012 E DÁ  OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Adailton de Oliveira, Antonio Marcelino Favoreto, Francisco Marinho Bezerra, Jefferson Lopes dos Santos, Milton Muniz Neto, Nilson Gomes da Silva, Paulo Augusto Goya, Paulo Cesar Raddi, Silvana Manzotti</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/119/requerimento_001_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/119/requerimento_001_2020.pdf</t>
   </si>
   <si>
     <t>requerendo  que sejam prestadas informações  e  esclarecimentos sobre a  viagem realizada pelo veículo FIAT/DUCATO MINIBUS, placas: BAP-2875, com identificação visual do Governo Municipal e da Secretaria Municipal de Assistência Social e de Esporte - SEMASE, nos dias 01 e 02 de Fevereiro, informando especialmente o seguinte: Destino; horário de saída e chegada, objetivo da viagem e motorista responsável, nome do solicitante da viagem e do responsável pela autorização do veículo em fazê-la</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/120/requerimento_002_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/120/requerimento_002_2020.pdf</t>
   </si>
   <si>
     <t>requer o seguinte: a) que solicite ao responsável pelo setor competente, para que faça um levantamento a fim de identificar todas as luminárias do sistema de iluminação pública da cidade de São Tomé, que estão com as lâmpadas queimadas, e que proceda a devida substituição das mesmas; b) que seja feito um comunicado à população, informando que os próprios moradores poderão entrar me contato com o Setor responsável da Prefeitura, para informar a existência de luminárias com lâmpadas queimadas; c) que seja feita a pintura dos postes das luminárias das pistas de caminhadas</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Adailton de Oliveira, Antonio Marcelino Favoreto, Francisco Marinho Bezerra, Jefferson Lopes dos Santos, Milton Muniz Neto, Nilson Gomes da Silva, Paulo Augusto Goya, Paulo Cesar Raddi</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/121/requerimento_003_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/121/requerimento_003_2020.pdf</t>
   </si>
   <si>
     <t>Requer que seja fornecido informações e cópia de documentos referentes à contratação  envolvendo a aplicação do asfalto da Estrada Rodeio, principalmente documentos que esclareçam os detalhes técnicos da obra, tais como e, especialmente, a espessura efetivamente contratada do asfalto, e ainda que seja fornecida explicação detalhada no andamento da obra e o motivo pelo qual a mesma se encontra paralisada</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Paulo Augusto Goya</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/127/indicacao_001_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/127/indicacao_001_2020.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que seja feito reparos na pavimentação asfáltica em um pequeno trecho da rua Marabá, cruzamento com a rua Pedro Manzotti, no conjunto Primavera</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Antonio Marcelino Favoreto</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/128/indicacao_002_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/128/indicacao_002_2020.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que sejam realizadas melhorias na Estrada Bortolossi</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Francisco Marinho Bezerra</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/129/indicacao_003_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/129/indicacao_003_2020.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando ao setor competente a construção/instalação de um redutor de velocidade na Av. José Madureira, nas proximidades do Supermercado Líder</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_004_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_004_2020.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando a colocação de sinalização vertical junto à ponte da "Prainha" e em suas proximidades, bem como ampliação, reparos e pintura em sua estrutura de guard rail (muretas)</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_005_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_005_2020.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que seja feita limpeza dos bueiros coletores de águas pluviais da cidade de São Tomé</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_006_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_006_2020.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando inserção no projeto da Lei Orçamentária Anual do exercício seguinte, previsões orçamentárias visando a implementação/construção da Praça Marcos Andreo Valério, no Jardim HABITASÃOTOMÉ</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/133/indicacao_007_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/133/indicacao_007_2020.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando providências necessárias a fim de sinalizar a entrada da cidade, no sentido de quem chega de Japurá e/ou solicitar que o DER o faça no âmbito de sua competência, com a colocação de placas indicando a entrada e saída de pessoas, carros e caminhos, início do perímetro urbano, velocidade adequada e outras que sejam pertinentes</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_008_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_008_2020.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando realização de obras de captação e escoamento de águas pluviais em frente à todos os terrenos localizados no Parque Industrial de nossa Cidade</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Paulo Cesar Raddi</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_009_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_009_2020.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando reforma do redutor de velocidade existente na Rua Egídio Antonio Gola, defronte ao número 976</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_010_2020.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_010_2020.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando a instalação de sistema de som na Capela Mortuária</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -618,68 +618,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/122/projeto_de_resolucao_001_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/123/projeto_de_resolucao_002_2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/124/projeto_de_resolucao_003_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/125/projeto_de_resolucao_004_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/126/projeto_de_resolucao_005_2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/119/requerimento_001_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/120/requerimento_002_2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/121/requerimento_003_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/127/indicacao_001_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/128/indicacao_002_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/129/indicacao_003_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_004_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_005_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_006_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/133/indicacao_007_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_008_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_009_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_010_2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/122/projeto_de_resolucao_001_2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/123/projeto_de_resolucao_002_2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/124/projeto_de_resolucao_003_2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/125/projeto_de_resolucao_004_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/126/projeto_de_resolucao_005_2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/119/requerimento_001_2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/120/requerimento_002_2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/121/requerimento_003_2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/127/indicacao_001_2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/128/indicacao_002_2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/129/indicacao_003_2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/130/indicacao_004_2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/131/indicacao_005_2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/132/indicacao_006_2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/133/indicacao_007_2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/134/indicacao_008_2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/135/indicacao_009_2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2020/136/indicacao_010_2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="182.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>