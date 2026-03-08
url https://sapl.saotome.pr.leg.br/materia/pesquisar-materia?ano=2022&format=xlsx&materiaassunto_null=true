--- v0 (2025-12-06)
+++ v1 (2026-03-08)
@@ -54,441 +54,441 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Océlio Cesar Ferreira Leite</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/2/projeto_de_lei_n._292_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/2/projeto_de_lei_n._292_2022.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Turismo e o Fundo Municipal de Turismo do município de São Tomé e dá outras providências.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/4/projeto_de_lei_294_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/4/projeto_de_lei_294_2022.pdf</t>
   </si>
   <si>
     <t>Promove alterações da Lei 039/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/5/projeto_de_lei_295_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/5/projeto_de_lei_295_2022.pdf</t>
   </si>
   <si>
     <t>Insere na Lei Municipal 031/2011, que dispõe sobre o Plano de Cargos, Carreira e Remuneração do Magistério Público Municipal, Gratificação para o Professor e Professor de Educação Infantil que integrar a Equipe Pedagógica e para o Servidor designado para ocupar a função de Secretário Escolar bem como promove alteração quanto aos requisitos de provimento para o cargo de Professor e dá outras providências.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/6/projeto_de_lei_296_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/6/projeto_de_lei_296_2022.pdf</t>
   </si>
   <si>
     <t>Institui o IPTU premiado para o ano de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/</t>
+    <t>http://sapl.saotome.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Revoga do Art. 2º da Lei Municipal 285/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/59/projeto_de_resolucao_001_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/59/projeto_de_resolucao_001_2022.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL À REMUNERAÇÃO DOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/60/projeto_de_resolucao_002_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/60/projeto_de_resolucao_002_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA AS ATRIBUIÇÕES DE CARGO AUXILIAR ADMINISTRATIVO DA CÂMARA MUNICIPAL DE SÃO TOMÉ, ESTADO DO PARANÁ</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Edson Pinheiro de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/42/requerimento_001_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/42/requerimento_001_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento de informação dos resultados financeiros de Janeiro a Dezembro de 2021 e de Janeiro a Abril de 2022, separadamente, constando especialmente: a) o valor total arrecadado com contribuição patronal; b) o valor total arrecadado com contribuição dos servidores ativos e inativos; c) o valor total recebido a título de Taxa Administrativa; d) o valor total gasto com folha de pagamento dos aposentados e pensionistas; e) o valor total de gastos custeados com a Taxa Administrativa; f) o resultado das aplicações financeiras.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Erivaldo da Cruz, Milton Muniz Neto</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/58/requerimento_002_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/58/requerimento_002_2022.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando ao Senhor Secretário Municipal de Educação, Cultura e Esportes de São Tomé, para comparecer em sessão ordinária desta Câmara Municipal, a fim de nos trazer informações relativas aos trabalhos desenvolvidos pela sua pasta.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Claudemir Marcelino Louzada</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/35/indicacao_001_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/35/indicacao_001_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que a Viação Real ofereça ônibus de reforço nos horários de pico, entendidos estes como sendo o primeiro e o último do expediente comercial.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/36/indicacao_002_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/36/indicacao_002_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando reparos na iluminação da praça do conjunto São Marcos e das ruas do Jardim San Martini; e fiscalização e autuação dos proprietários de terrenos baldios daquelas localidades que se encontram sujos.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Antonio Marcelino Favoreto</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/37/indicacao_003_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/37/indicacao_003_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que viabilize um espaço para manobras de retorno de ônibus de transporte escolar e veículos baixos no final da Rua Jussara, nas proximidades do Centro de Educação Infantil Casa de Davi.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/38/indicacao_004_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/38/indicacao_004_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando a realização de reparos na sinalização de trânsito municipal, especialmente as horizontais, que já se encontram bastante desgastadas; e criação de dispositivos de controle de trânsito junto a Av. José Madureira, visando coibir a velocidade do tráfego e impedir ultrapassagens.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/39/indicacao_005_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/39/indicacao_005_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando providências, com urgência, sobre a retirada dos materiais liberados pela Defesa Civil em favor do município de São Tomé e proceda a distribuição para as famílias afetadas pelo temporal que atingiu nosso município no último dia 07 de abril.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/40/indicacao_006_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/40/indicacao_006_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que providencie o reestabelecimento das linhas telefônicas fixas da UBS de São Tomé e/ou a disponibilize um número móvel de emergências, com a devida publicação do mesmo em redes sociais e afixação de aviso em frente ao seu respectivo prédio, para conhecimento da população.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/41/indicacao_007_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/41/indicacao_007_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que viabilize o destocamento de raízes das árvores cortadas ao longo das calçadas do município, bem como providenciando o replantio de outras no local, de acordo com o plano de arborização.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/43/indicacao_008_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/43/indicacao_008_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que promova retorno do atendimento aos idosos nas academias de saúde do município de São Tomé.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Erivaldo da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/44/indicacao_009_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/44/indicacao_009_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que implemente sistema de produção de energia solar fotovoltaica, visando fazer frente ao consumo de energia elétrica dos órgãos municipais.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/45/indicacao_010_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/45/indicacao_010_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que viabilize o calçamento das margens da Av. Vidigal, no trecho compreendido entre as ruas Paraná e Nilson José dos Santos.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/46/indicacao_011_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/46/indicacao_011_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que busque firmar parceria com a Usina Santa Terezinha visando utilizar as casas conhecidas como "Casinhas da Usina" situadas no final da Av. Porthus Baragatti, como programa de habitação municipal.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Silvana de Fatima Cossi Hernandes</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/47/indicacao_012_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/47/indicacao_012_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que determine a realização de serviço de poda dos pinheiros da área interna do Cemitério Municipal.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Antonio Marcelino Favoreto, Claudemir Marcelino Louzada, Edson Pinheiro de Jesus, Erivaldo da Cruz, Milton Muniz Neto, Nilson Gomes da Silva, Paulo Cesar Raddi, Silvana de Fatima Cossi Hernandes</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/48/indicacao_013_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/48/indicacao_013_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que viabilize a implantação de faixas elevadas ao longo do trecho da Av. José Madureira, especialmente em frente aos numerais 1260 (AMUSEP), 820 (Lanche Ki Burgão) e 685 (Bar do Carlinhos), e também na Rua Jussara, fazendo a ligação do Ginásio de Esportes e o Estádio Municipal.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/49/indicacao_014_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/49/indicacao_014_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que determine a realização da manutenção da calçada lateral do estádio municipal, situada na Rua Jaracatiá, com a retirada de matos, poda de árvores, reparos no calçamento e retirada de fios caídos.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Antonio Marcelino Favoreto, Claudemir Marcelino Louzada</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/50/indicacao_015_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/50/indicacao_015_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que seja determinada a retirada da ATI instalada na Praça Papa Pio XII, em frente à Escola Estadual Pedro Fecchio, destinando aquele local para instalação de outros equipamentos públicos voltados ao público escolar</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/51/indicacao_016_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/51/indicacao_016_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que proceda as ações necessárias visando a conclusão da obra do poço artesiano localizado na Estrada Araújo, bem como de sua respectiva rede de distribuição.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/52/indicacao_017_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/52/indicacao_017_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que viabilize a extensão da rede de iluminação pública nas margens da Av. Vidigal, até a altura da Rua Nilson José dos Santos.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao_018_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao_018_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que proceda os reparos necessários e promova o retorno das atividades da Academia da Saúde situada no Conjunto San Martini.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao_019_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao_019_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que viabilize a extensão da rede de iluminação pública nas margens da Rua Marabá, no trecho compreendido entre a Rua Belo Horizonte e a Avenida Pothus Baragatti.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao_020_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao_020_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que elabore e envie à esta Casa de Leis um Projeto de Lei visando instituir auxílio transporte a estudantes residentes no município de São Tomé, que estejam matriculados em cursos superiores de graduação, ensino técnico ou cursos preparatórios par vestibular em outras localidades.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Paulo Cesar Raddi</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao_021_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao_021_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando que viabilize a aquisição de um caminhão prancha, para transporte de máquinas pesadas.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/57/indicacao_022_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/57/indicacao_022_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando: a) que determine o reparo do telhado do Ginásio de Esportes por conta das goteiras lá existentes, ou cobrar a empresa responsável pela reforma para que o faça, caso ainda seja sua obrigação; b) que determine a redução do valor cobrado a título de aluguel da quadra, para valores entre R$ 15,00 (quinze reais) e R$ 20,00 (vinte reais); e c) que os valores cobrados a título de aluguel ocorram através de guia emitida pelo município, mediante requisição.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_023_2022.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_023_2022.pdf</t>
   </si>
   <si>
     <t>Indicação solicitando a preferência para contratação de uma fundação para ser a empresa responsável pelo concurso público a ser realizado no município de São Tomé.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -795,68 +795,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/2/projeto_de_lei_n._292_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/4/projeto_de_lei_294_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/5/projeto_de_lei_295_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/6/projeto_de_lei_296_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/59/projeto_de_resolucao_001_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/60/projeto_de_resolucao_002_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/42/requerimento_001_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/58/requerimento_002_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/35/indicacao_001_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/36/indicacao_002_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/37/indicacao_003_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/38/indicacao_004_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/39/indicacao_005_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/40/indicacao_006_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/41/indicacao_007_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/43/indicacao_008_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/44/indicacao_009_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/45/indicacao_010_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/46/indicacao_011_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/47/indicacao_012_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/48/indicacao_013_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/49/indicacao_014_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/50/indicacao_015_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/51/indicacao_016_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/52/indicacao_017_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao_018_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao_019_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao_020_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao_021_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/57/indicacao_022_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_023_2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/2/projeto_de_lei_n._292_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/4/projeto_de_lei_294_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/5/projeto_de_lei_295_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/6/projeto_de_lei_296_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/59/projeto_de_resolucao_001_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/60/projeto_de_resolucao_002_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/42/requerimento_001_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/58/requerimento_002_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/35/indicacao_001_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/36/indicacao_002_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/37/indicacao_003_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/38/indicacao_004_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/39/indicacao_005_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/40/indicacao_006_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/41/indicacao_007_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/43/indicacao_008_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/44/indicacao_009_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/45/indicacao_010_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/46/indicacao_011_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/47/indicacao_012_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/48/indicacao_013_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/49/indicacao_014_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/50/indicacao_015_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/51/indicacao_016_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/52/indicacao_017_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/53/indicacao_018_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/54/indicacao_019_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/55/indicacao_020_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/56/indicacao_021_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/57/indicacao_022_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_023_2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="176" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="102.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>