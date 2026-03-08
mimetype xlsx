--- v0 (2025-12-06)
+++ v1 (2026-03-08)
@@ -54,534 +54,534 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Océlio Cesar Ferreira Leite</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/188/projeto_de_lei_3372024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/188/projeto_de_lei_3372024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROMOVER LEILÃO PARA  ALIENAR VEÍCULOS, SUCATAS E BENS INSERVÍVEIS DE PROPRIEDADE DA PREFEITURA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/184/projeto_de_lei_3382024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/184/projeto_de_lei_3382024.pdf</t>
   </si>
   <si>
     <t>EMENTA: DISPÕE SOBRE O PARCELAMENTO E REPARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE SÃO TOMÉ-PR, COM O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/182/projeto_de_lei_3402024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/182/projeto_de_lei_3402024.pdf</t>
   </si>
   <si>
     <t>Promove alterações na Lei 252/2021 e dá outras providências</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/185/projeto_de_lei_3412024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/185/projeto_de_lei_3412024.pdf</t>
   </si>
   <si>
     <t>PROMOVE ALTERAÇÕES NA LEI 039/2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/186/projeto_de_lei_3422024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/186/projeto_de_lei_3422024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTITUIÇÃO DO DÉFICIT TÉCNICO ATUARIAL PARA OBTENÇÃO DO EQUILÍBRIO FINANCEIRO E ATUARIAL DO FUNDO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SÃO TOMÉ - FUNPREST E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/195/projeto_de_lei_3452024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/195/projeto_de_lei_3452024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão dos subsídio dos vereadores e presidente da Câmara Municipal de São Tomé, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/196/projeto_de_lei_3462024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/196/projeto_de_lei_3462024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de revisão dos subsídio do prefeito, vice-prefeito, chefe de gabinete do executivo e secretários municipais e dá outras providências.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>Claudemir Marcelino Louzada</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/199/projeto_de_lei_3472024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/199/projeto_de_lei_3472024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da divulgação de listagens de pacientes que aguardam por consultas com especialistas, exames, cirurgias e outros procedimentos na rede publica municipal de São Tomé e dá outras providências.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/202/projeto_de_lei_3492024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/202/projeto_de_lei_3492024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária para o Exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/205/projeto_de_lei_3512024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/205/projeto_de_lei_3512024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transferência da receita livre do imposto de renda retido na fonte dos servidores municipais ao FUNPREST para equacionamento do déficit atuarial.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/207/projeto_de_lei_3522024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/207/projeto_de_lei_3522024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial no orçamento em vigor, inclui ações no PPA nº 256/2021, e inclui metas na LDO 2024 Lei nº 303/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/210/projeto_de_lei_3532024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/210/projeto_de_lei_3532024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial no orçamento em vigor, e dá outras providências.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/211/projeto_de_lei_3542024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/211/projeto_de_lei_3542024.pdf</t>
   </si>
   <si>
     <t>Promove alterações na Lei 039/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/213/projeto_de_lei_3552024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/213/projeto_de_lei_3552024.pdf</t>
   </si>
   <si>
     <t>Institui faixa de domínio e área não edificável "NON AEDIFICANDI", autoriza o poder executivo municipal a executar obras de adequação em vias públicas (estradas rurais) para escoamento da produção agropecuária do município de São Tomé nos termos desta Lei.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/215/projeto_de_lei_3562024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/215/projeto_de_lei_3562024.pdf</t>
   </si>
   <si>
     <t>Estima Receita e fixa Despesa do Município de São Tomé para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/217/projeto_de_lei_3572024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/217/projeto_de_lei_3572024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Constituição do Déficit Técnico atuarial para obtenção do equilíbrio financeiro e atuarial do Fundo de Previdência Social dos Servidores Públicos do Município de São Tomé - FUNPREST e dá outras providências.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/218/projeto_de_lei_3582024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/218/projeto_de_lei_3582024.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Cultura - PLAMCUT e dá outras providências.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_lei_3592024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_lei_3592024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial no orçamento em vigor e dá outras providências.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/</t>
+    <t>http://sapl.saotome.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Institui o IPTU premiado para o ano de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/224/projeto_de_lei_3622024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/224/projeto_de_lei_3622024.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações lançadas no 1º termo aditivo do contrato de consórcio público do Consórcio Público Intermunicipal do Centro Noroeste do Paraná - CICENOP, e dá outras providências.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/183/projeto_de_lei_complementar_0472024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/183/projeto_de_lei_complementar_0472024.pdf</t>
   </si>
   <si>
     <t>Concede isenção de tributos sobre os imóveis localizados nas zonas especiais para habitação de interesse social - ZEIS, destinados à implantação de projetos/programas habitacionais e dá outras providências.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/191/projeto_de_lei_complementar_0482024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/191/projeto_de_lei_complementar_0482024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual, a título de reposição inflacionária, prevista no art. 37, inciso X da Constituição Federal, pela aplicação do índice de 4,50%, correspondente a recomposição da inflação medida pelo Índice Nacional de Preços ao Consumidor Amplo (IPCA) e da outras providências.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/198/projeto_de_lei_complementar_0492024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/198/projeto_de_lei_complementar_0492024.pdf</t>
   </si>
   <si>
     <t>Promove alteração na redação no §1º, do artigo 98 da Lei nº 30/2021.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/204/projeto_de_lei_complementar_0502024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/204/projeto_de_lei_complementar_0502024.pdf</t>
   </si>
   <si>
     <t>Altera a alíquota de contribuição previdenciária do Regime Próprio de Previdência Social do Município de São Tomé, o plano de custeio suplementar e dá outras providências.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/208/projeto_de_lei_complementar_0512024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/208/projeto_de_lei_complementar_0512024.pdf</t>
   </si>
   <si>
     <t>Promove alterações na Lei Complementar 010/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/206/projeto_de_lei_complementar_0522024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/206/projeto_de_lei_complementar_0522024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar 003/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/192/projeto_de_resolucao_0012024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/192/projeto_de_resolucao_0012024.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual á remuneração dos servidores do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Erivaldo da Cruz</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_resolucao_022024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_resolucao_022024.pdf</t>
   </si>
   <si>
     <t>Promove adequações no Regimento Interno da Câmara Municipal de São Tomé com relação ao julgamento da Contas do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/225/projeto_de_resolucao_032024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/225/projeto_de_resolucao_032024.pdf</t>
   </si>
   <si>
     <t>Promove adequações na Resolução 001/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/226/projeto_de_resolucao_042024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/226/projeto_de_resolucao_042024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estrutura administrativa da Câmara Municipal de São Tomé, Estado do Paraná e dá outras procidências.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CJLRFO - Comissão de Justiça, Legislação Redação Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_decreto_legislativo_012024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_decreto_legislativo_012024.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas do Poder Executivo Municipal referente ao Exercício Financeiro de 2.022.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Antonio Marcelino Favoreto, Claudemir Marcelino Louzada, Nilson Gomes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/212/requerimento_0012024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/212/requerimento_0012024.pdf</t>
   </si>
   <si>
     <t>Requer lista completa de todos os atletas vindos de outros municípios que praticam alguma atividade esportiva em São Tomé; lista com os nomes, idades e endereços dos atletas com supostas irregularidades documentais na equipe de futebol amador de São Tomé, apontadas pela SGB EVENTOS ESPORTIVOS, organizadora da COPA AMENORTE DE FUTEBOL AMADOR, por meio do Ato da Presidência de nº. 07/2024; e descrição de quais seriam as irregularidades apontadas pela organizadora da competição e suas justificativas.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>Antonio Marcelino Favoreto, Claudemir Marcelino Louzada, Silvana de Fatima Cossi Hernandes</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/214/requerimento_0022024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/214/requerimento_0022024.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando: a) Valor mensal repassado ao período integral, bem como a origem deste valor e suas respectivas fontes; b) qual profissional responsável pelo cardápio da merenda escolar, haja vista que a nutricionista está de licença; c) quantas refeições são servidas no período integral, especificando quantidade, horário e cópia dos cardápios; d) há quanto tempo o PNAE está parado, o motivo pelo qual não está ativo, seu valor mensal e o porquê não é realizado diretamente com a Associação APRORURAIS; e) quais materiais pedagógicos foram adquiridos para o período integral; f) se está sendo cumprido o contido no Art. 17, §§6º e 8º, da Resolução nº. 06/2020.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Silvana de Fatima Cossi Hernandes</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/197/indicacao_0012024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/197/indicacao_0012024.pdf</t>
   </si>
   <si>
     <t>Indica que instale uma cobertura no portão da Escola Municipal 25 de Julho, para que sirva de abrigo de sol e chuva aos alunos, pais e servidores, durante seus percursos de entrada e saída escolar.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Paulo Cesar Raddi</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/201/indicacao_0022024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/201/indicacao_0022024.pdf</t>
   </si>
   <si>
     <t>Indica que sejam tomadas as medidas e ações necessárias visando a arborização do Cemitério Municipal</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/203/indicacao_0032024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/203/indicacao_0032024.pdf</t>
   </si>
   <si>
     <t>Indica viabilizar a limpeza dos bueiros do município, bem como implemente as chamadas "bocas de lobo inteligentes", com o fim de prevenir e minimizar as cheias.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Claudemir Marcelino Louzada, Edson Pinheiro de Jesus, Erivaldo da Cruz, Paulo Augusto Goya, Paulo Cesar Raddi, Silvana de Fatima Cossi Hernandes</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/209/mocao_0012024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/209/mocao_0012024.pdf</t>
   </si>
   <si>
     <t>Com o intuito de apoiar o Conselho Federal de Medicina, diante das graves ameaças a vida, esta moção é motivada pela movimentação iniciada logo após a publicação no D.O.U no dia 3 de abril próximo passado, da resolução CFM n. 2.378, de 21 de março de 2024, com fito de a menoscabar e desqualificar. A referida Resolução prescreve em seu art. 1º que: "Art. 1º É vedado ao médico a realização do procedimento de assistolia fetal, ato médico que ocasiona o feticídio, previamente aos procedimentos de interrupção da gravidez nos casos de aborto previsto em lei, ou seja, feto oriundo de estupro, quando houver probabilidade de sobrevida do feto em idade gestacional acima de 22 semanas."</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/216/mocao_0022024.pdf</t>
+    <t>http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/216/mocao_0022024.pdf</t>
   </si>
   <si>
     <t>Moção de apoio aos Policiais Militares, a ser encaminhada ao Governo do Estado, em razão da tramitação da reestruturação da carreira militar, visando demonstrar a importância de uma remuneração digna, valorização estrutural e funcional.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -888,68 +888,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/188/projeto_de_lei_3372024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/184/projeto_de_lei_3382024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/182/projeto_de_lei_3402024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/185/projeto_de_lei_3412024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/186/projeto_de_lei_3422024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/195/projeto_de_lei_3452024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/196/projeto_de_lei_3462024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/199/projeto_de_lei_3472024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/202/projeto_de_lei_3492024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/205/projeto_de_lei_3512024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/207/projeto_de_lei_3522024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/210/projeto_de_lei_3532024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/211/projeto_de_lei_3542024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/213/projeto_de_lei_3552024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/215/projeto_de_lei_3562024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/217/projeto_de_lei_3572024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/218/projeto_de_lei_3582024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_lei_3592024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/224/projeto_de_lei_3622024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/183/projeto_de_lei_complementar_0472024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/191/projeto_de_lei_complementar_0482024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/198/projeto_de_lei_complementar_0492024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/204/projeto_de_lei_complementar_0502024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/208/projeto_de_lei_complementar_0512024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/206/projeto_de_lei_complementar_0522024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/192/projeto_de_resolucao_0012024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_resolucao_022024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/225/projeto_de_resolucao_032024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/226/projeto_de_resolucao_042024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_decreto_legislativo_012024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/212/requerimento_0012024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/214/requerimento_0022024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/197/indicacao_0012024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/201/indicacao_0022024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/203/indicacao_0032024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/209/mocao_0012024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/216/mocao_0022024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/188/projeto_de_lei_3372024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/184/projeto_de_lei_3382024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/182/projeto_de_lei_3402024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/185/projeto_de_lei_3412024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/186/projeto_de_lei_3422024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/195/projeto_de_lei_3452024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/196/projeto_de_lei_3462024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/199/projeto_de_lei_3472024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/202/projeto_de_lei_3492024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/205/projeto_de_lei_3512024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/207/projeto_de_lei_3522024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/210/projeto_de_lei_3532024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/211/projeto_de_lei_3542024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/213/projeto_de_lei_3552024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/215/projeto_de_lei_3562024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/217/projeto_de_lei_3572024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/218/projeto_de_lei_3582024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/221/projeto_de_lei_3592024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/224/projeto_de_lei_3622024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/183/projeto_de_lei_complementar_0472024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/191/projeto_de_lei_complementar_0482024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/198/projeto_de_lei_complementar_0492024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/204/projeto_de_lei_complementar_0502024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/208/projeto_de_lei_complementar_0512024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/206/projeto_de_lei_complementar_0522024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/192/projeto_de_resolucao_0012024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/219/projeto_de_resolucao_022024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/225/projeto_de_resolucao_032024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/226/projeto_de_resolucao_042024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/220/projeto_de_decreto_legislativo_012024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/212/requerimento_0012024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/214/requerimento_0022024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/197/indicacao_0012024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/201/indicacao_0022024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/203/indicacao_0032024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/209/mocao_0012024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2024/216/mocao_0022024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="130.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>