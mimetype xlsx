--- v0 (2025-12-06)
+++ v1 (2026-01-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="631" uniqueCount="338">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="663" uniqueCount="350">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -549,50 +549,75 @@
   <si>
     <t>302</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/302/projeto_de_lei_4052025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 330/2023, que autoriza o repasse mensal de auxílio-transporte a estudantes, para adequar a execução do Programa à modalidade de ticket eletrônico e dá outras providências.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/304/projeto_de_lei_4062025.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Inovação, Ciência e Tecnologia, cria o Conselho Municipal de Ciência, Inovação e Tecnologia, cria o Fundo Municipal de Ciência, Inovação e Tecnologia e estabelece medidas de incentivo à inovação, à pesquisa e ao desenvolvimento científico e tecnológico, visando a consolidação do Ecossistema de inovação e tecnologia do Município de São Tomé e dá outras providências.</t>
   </si>
   <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/307/projeto_de_lei_4072025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de São Tomé a adquirir imóvel destinado à implantação do Parque Industrial e dá outras providências.</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_lei_4082025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a promover leilão para alienar veiculos, sucatas e bens inserviveis de propriedade da Prefeitura Municipal_x000D_
+e da outras providências.”</t>
+  </si>
+  <si>
     <t>235</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/235/projeto_de_lei_complementar_0532025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reajuste salarial dos servidores públicos do município de São Tomé, Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/279/projeto_de_lei_complementar_0542025.pdf</t>
@@ -1024,50 +1049,62 @@
     <t>EMADI</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/301/proposta_de_emenda_a_lei_organica_municipal_012025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o direito de férias ao Prefeito Municipal.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_substitutivo_3662025.pdf</t>
   </si>
   <si>
     <t>Substitutivo do Projeto de Lei 366/2025, que autoriza o Poder Executivo a promover leilão para alienar veículos, sucatas e bens inservíveis de propriedade da Prefeitura Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/305/3..._projeto_de_lei_no_389___2025_-_ppa_2026-2029_em_andamento_-_alterado_pela_lei_383-2025.pdf</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/306/4..._projeto_de_lei_no_390___2025_-_lei_orcamentaria_anual_-_loa_2026_-_alterado_pela_lei_383-2025.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1371,68 +1408,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_3632025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/237/projeto_de_lei_3642025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_de_lei_3652025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_3662025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/245/projeto_de_lei_3672025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_lei_3682025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/247/projeto_de_lei_3692025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_3702025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/262/projeto_de_lei_3712025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_3722025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/261/projeto_de_lei_3732025_ldo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_n_374_2025_-_abre_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/266/projeto_de_lei_3752025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei_3762025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_3772025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_de_lei_3782025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/273/projeto_de_lei_3792025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/274/projeto_de_lei_3802025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_lei_3812025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_lei_3822025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/277/projeto_de_lei_3832025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_lei_3842025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_de_lei_3852025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/283/projeto_de_lei_3862025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_lei_3872025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_lei_3882025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/286/projeto_de_lei_3892025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/287/projeto_de_lei_3902025_loa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/288/projeto_de_lei_3912025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/289/projeto_de_lei_3922025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lei_n_393_2025_-_abre_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/292/projeto_de_lei_3942025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/293/projeto_de_lei_3952025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/294/projeto_de_lei_3962025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/295/projeto_de_lei_3972025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/296/projeto_de_lei_3992025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/297/projeto_de_lei_4002025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/298/projeto_de_lei_4012025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/300/projeto_de_lei_4022025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/299/projeto_de_lei_4032025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/303/projeto_de_lei_4042025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/302/projeto_de_lei_4052025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/304/projeto_de_lei_4062025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/235/projeto_de_lei_complementar_0532025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/279/projeto_de_lei_complementar_0542025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_complementar_0552025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/243/projeto_de_resolucao_0012025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_de_decreto_legislativo_012025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento_012025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_022025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_001_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_002_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_003_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_0042025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_0052024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_0062025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_0072025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_0082025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_0092025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_0102025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_0112025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_0122025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_0132025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_0142025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao_0152025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_0162025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_0172025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_0182025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_0192025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_020_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_0212025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao_022_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_0232025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_0242025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_0252025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/270/mocao_de_apoio_012025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/301/proposta_de_emenda_a_lei_organica_municipal_012025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_substitutivo_3662025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_3632025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/237/projeto_de_lei_3642025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_de_lei_3652025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_3662025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/245/projeto_de_lei_3672025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_lei_3682025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/247/projeto_de_lei_3692025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/253/projeto_de_lei_3702025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/262/projeto_de_lei_3712025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_3722025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/261/projeto_de_lei_3732025_ldo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_n_374_2025_-_abre_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/266/projeto_de_lei_3752025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei_3762025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_3772025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_de_lei_3782025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/273/projeto_de_lei_3792025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/274/projeto_de_lei_3802025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_lei_3812025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/276/projeto_de_lei_3822025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/277/projeto_de_lei_3832025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/278/projeto_de_lei_3842025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_de_lei_3852025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/283/projeto_de_lei_3862025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/284/projeto_de_lei_3872025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/285/projeto_de_lei_3882025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/286/projeto_de_lei_3892025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/287/projeto_de_lei_3902025_loa.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/288/projeto_de_lei_3912025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/289/projeto_de_lei_3922025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/291/projeto_de_lei_n_393_2025_-_abre_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/292/projeto_de_lei_3942025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/293/projeto_de_lei_3952025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/294/projeto_de_lei_3962025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/295/projeto_de_lei_3972025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/296/projeto_de_lei_3992025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/297/projeto_de_lei_4002025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/298/projeto_de_lei_4012025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/300/projeto_de_lei_4022025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/299/projeto_de_lei_4032025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/303/projeto_de_lei_4042025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/302/projeto_de_lei_4052025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/304/projeto_de_lei_4062025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/307/projeto_de_lei_4072025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/308/projeto_de_lei_4082025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/235/projeto_de_lei_complementar_0532025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/279/projeto_de_lei_complementar_0542025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/290/projeto_de_lei_complementar_0552025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/243/projeto_de_resolucao_0012025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_de_decreto_legislativo_012025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento_012025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_022025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_001_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_002_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_003_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao_0042025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_0052024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_0062025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_0072025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_0082025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_0092025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_0102025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao_0112025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_0122025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao_0132025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_0142025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao_0152025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao_0162025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao_0172025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_0182025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_0192025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_020_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao_0212025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao_022_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao_0232025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_0242025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/280/indicacao_0252025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/270/mocao_de_apoio_012025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/301/proposta_de_emenda_a_lei_organica_municipal_012025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_substitutivo_3662025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/305/3..._projeto_de_lei_no_389___2025_-_ppa_2026-2029_em_andamento_-_alterado_pela_lei_383-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saotome.pr.leg.br/media/sapl/public/materialegislativa/2025/306/4..._projeto_de_lei_no_390___2025_-_lei_orcamentaria_anual_-_loa_2026_-_alterado_pela_lei_383-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H79"/>
+  <dimension ref="A1:H83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="170.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="130.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="167" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -2544,947 +2581,1051 @@
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>177</v>
       </c>
       <c r="H44" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>179</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
         <v>180</v>
       </c>
       <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>12</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="E45" t="s">
+      <c r="H45" t="s">
         <v>182</v>
-      </c>
-[...7 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>183</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>184</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>185</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="H46" t="s">
         <v>186</v>
-      </c>
-[...13 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>187</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>188</v>
+      </c>
+      <c r="D47" t="s">
         <v>189</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="E47" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>191</v>
       </c>
       <c r="H47" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>193</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>194</v>
       </c>
       <c r="D48" t="s">
+        <v>189</v>
+      </c>
+      <c r="E48" t="s">
+        <v>190</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="E48" t="s">
+      <c r="H48" t="s">
         <v>196</v>
-      </c>
-[...7 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>197</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>198</v>
+      </c>
+      <c r="D49" t="s">
+        <v>189</v>
+      </c>
+      <c r="E49" t="s">
+        <v>190</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H49" t="s">
         <v>200</v>
-      </c>
-[...19 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>201</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>202</v>
+      </c>
+      <c r="D50" t="s">
+        <v>203</v>
+      </c>
+      <c r="E50" t="s">
+        <v>204</v>
+      </c>
+      <c r="F50" t="s">
+        <v>205</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="B50" t="s">
-[...5 lines deleted...]
-      <c r="D50" t="s">
+      <c r="H50" t="s">
         <v>207</v>
-      </c>
-[...10 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>208</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>202</v>
+      </c>
+      <c r="D51" t="s">
+        <v>209</v>
+      </c>
+      <c r="E51" t="s">
+        <v>210</v>
+      </c>
+      <c r="F51" t="s">
+        <v>211</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>212</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="H51" t="s">
         <v>213</v>
-      </c>
-[...13 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>214</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>202</v>
+      </c>
+      <c r="D52" t="s">
+        <v>215</v>
+      </c>
+      <c r="E52" t="s">
+        <v>216</v>
+      </c>
+      <c r="F52" t="s">
         <v>217</v>
       </c>
-      <c r="B52" t="s">
-[...5 lines deleted...]
-      <c r="D52" t="s">
+      <c r="G52" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="E52" t="s">
+      <c r="H52" t="s">
         <v>219</v>
-      </c>
-[...7 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>220</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>221</v>
+      </c>
+      <c r="D53" t="s">
+        <v>215</v>
+      </c>
+      <c r="E53" t="s">
+        <v>216</v>
+      </c>
+      <c r="F53" t="s">
         <v>222</v>
       </c>
-      <c r="B53" t="s">
-[...11 lines deleted...]
-      <c r="F53" t="s">
+      <c r="G53" s="1" t="s">
         <v>223</v>
       </c>
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>225</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>202</v>
+      </c>
+      <c r="D54" t="s">
         <v>226</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="E54" t="s">
         <v>227</v>
       </c>
-      <c r="D54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F54" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>228</v>
       </c>
       <c r="H54" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>230</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
+        <v>221</v>
+      </c>
+      <c r="D55" t="s">
+        <v>226</v>
+      </c>
+      <c r="E55" t="s">
+        <v>227</v>
+      </c>
+      <c r="F55" t="s">
         <v>231</v>
       </c>
-      <c r="D55" t="s">
-[...5 lines deleted...]
-      <c r="F55" t="s">
+      <c r="G55" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>234</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>235</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>226</v>
+      </c>
+      <c r="E56" t="s">
+        <v>227</v>
+      </c>
+      <c r="F56" t="s">
+        <v>231</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>238</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
         <v>239</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>226</v>
+      </c>
+      <c r="E57" t="s">
+        <v>227</v>
+      </c>
+      <c r="F57" t="s">
         <v>240</v>
-      </c>
-[...7 lines deleted...]
-        <v>223</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>241</v>
       </c>
       <c r="H57" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>243</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
         <v>244</v>
       </c>
       <c r="D58" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E58" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F58" t="s">
-        <v>209</v>
+        <v>240</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>245</v>
       </c>
       <c r="H58" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>247</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
         <v>248</v>
       </c>
       <c r="D59" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E59" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F59" t="s">
-        <v>214</v>
+        <v>231</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>249</v>
       </c>
       <c r="H59" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>251</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>252</v>
       </c>
       <c r="D60" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E60" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F60" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>253</v>
       </c>
       <c r="H60" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>255</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>256</v>
       </c>
       <c r="D61" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E61" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F61" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>257</v>
       </c>
       <c r="H61" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>259</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
         <v>260</v>
       </c>
       <c r="D62" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E62" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F62" t="s">
-        <v>209</v>
+        <v>231</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>261</v>
       </c>
       <c r="H62" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>263</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
         <v>264</v>
       </c>
       <c r="D63" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E63" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F63" t="s">
+        <v>222</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="G63" s="1" t="s">
+      <c r="H63" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>267</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
         <v>268</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>226</v>
+      </c>
+      <c r="E64" t="s">
+        <v>227</v>
+      </c>
+      <c r="F64" t="s">
+        <v>217</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="D64" t="s">
-[...8 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>271</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
         <v>272</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>226</v>
+      </c>
+      <c r="E65" t="s">
+        <v>227</v>
+      </c>
+      <c r="F65" t="s">
         <v>273</v>
-      </c>
-[...7 lines deleted...]
-        <v>214</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>274</v>
       </c>
       <c r="H65" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>276</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
         <v>277</v>
       </c>
       <c r="D66" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E66" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F66" t="s">
-        <v>214</v>
+        <v>240</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>278</v>
       </c>
       <c r="H66" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>280</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
         <v>281</v>
       </c>
       <c r="D67" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E67" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F67" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>282</v>
       </c>
       <c r="H67" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>284</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>285</v>
       </c>
       <c r="D68" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E68" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F68" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>286</v>
       </c>
       <c r="H68" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>288</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>289</v>
       </c>
       <c r="D69" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E69" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F69" t="s">
-        <v>209</v>
+        <v>240</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>290</v>
       </c>
       <c r="H69" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>292</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>293</v>
       </c>
       <c r="D70" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E70" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F70" t="s">
-        <v>223</v>
+        <v>240</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>294</v>
       </c>
       <c r="H70" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>296</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>297</v>
       </c>
       <c r="D71" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E71" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F71" t="s">
+        <v>217</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="G71" s="1" t="s">
+      <c r="H71" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>300</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
         <v>301</v>
       </c>
-      <c r="B72" t="s">
-[...2 lines deleted...]
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>226</v>
+      </c>
+      <c r="E72" t="s">
+        <v>227</v>
+      </c>
+      <c r="F72" t="s">
+        <v>231</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="D72" t="s">
-[...8 lines deleted...]
-      <c r="G72" s="1" t="s">
+      <c r="H72" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>304</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
         <v>305</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>226</v>
+      </c>
+      <c r="E73" t="s">
+        <v>227</v>
+      </c>
+      <c r="F73" t="s">
         <v>306</v>
-      </c>
-[...7 lines deleted...]
-        <v>223</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>307</v>
       </c>
       <c r="H73" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>309</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
         <v>310</v>
       </c>
       <c r="D74" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E74" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="F74" t="s">
+        <v>222</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="G74" s="1" t="s">
+      <c r="H74" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>313</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
         <v>314</v>
       </c>
-      <c r="B75" t="s">
-[...2 lines deleted...]
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>226</v>
+      </c>
+      <c r="E75" t="s">
+        <v>227</v>
+      </c>
+      <c r="F75" t="s">
+        <v>231</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="D75" t="s">
-[...8 lines deleted...]
-      <c r="G75" s="1" t="s">
+      <c r="H75" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>317</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
         <v>318</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>226</v>
+      </c>
+      <c r="E76" t="s">
+        <v>227</v>
+      </c>
+      <c r="F76" t="s">
         <v>319</v>
-      </c>
-[...7 lines deleted...]
-        <v>214</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>320</v>
       </c>
       <c r="H76" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>322</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>194</v>
+        <v>323</v>
       </c>
       <c r="D77" t="s">
-        <v>323</v>
+        <v>226</v>
       </c>
       <c r="E77" t="s">
+        <v>227</v>
+      </c>
+      <c r="F77" t="s">
+        <v>319</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="F77" t="s">
+      <c r="H77" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>326</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>327</v>
+      </c>
+      <c r="D78" t="s">
+        <v>226</v>
+      </c>
+      <c r="E78" t="s">
+        <v>227</v>
+      </c>
+      <c r="F78" t="s">
+        <v>222</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="B78" t="s">
-[...5 lines deleted...]
-      <c r="D78" t="s">
+      <c r="H78" t="s">
         <v>329</v>
-      </c>
-[...10 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>330</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>202</v>
+      </c>
+      <c r="D79" t="s">
+        <v>331</v>
+      </c>
+      <c r="E79" t="s">
+        <v>332</v>
+      </c>
+      <c r="F79" t="s">
         <v>333</v>
       </c>
-      <c r="B79" t="s">
-[...5 lines deleted...]
-      <c r="D79" t="s">
+      <c r="G79" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="E79" t="s">
+      <c r="H79" t="s">
         <v>335</v>
       </c>
-      <c r="F79" t="s">
-[...2 lines deleted...]
-      <c r="G79" s="1" t="s">
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
         <v>336</v>
       </c>
-      <c r="H79" t="s">
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>202</v>
+      </c>
+      <c r="D80" t="s">
         <v>337</v>
+      </c>
+      <c r="E80" t="s">
+        <v>338</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="H80" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>341</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>202</v>
+      </c>
+      <c r="D81" t="s">
+        <v>342</v>
+      </c>
+      <c r="E81" t="s">
+        <v>343</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H81" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>346</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>221</v>
+      </c>
+      <c r="D82" t="s">
+        <v>342</v>
+      </c>
+      <c r="E82" t="s">
+        <v>343</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="H82" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>348</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>235</v>
+      </c>
+      <c r="D83" t="s">
+        <v>342</v>
+      </c>
+      <c r="E83" t="s">
+        <v>343</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H83" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -3523,50 +3664,54 @@
     <hyperlink ref="G55" r:id="rId54"/>
     <hyperlink ref="G56" r:id="rId55"/>
     <hyperlink ref="G57" r:id="rId56"/>
     <hyperlink ref="G58" r:id="rId57"/>
     <hyperlink ref="G59" r:id="rId58"/>
     <hyperlink ref="G60" r:id="rId59"/>
     <hyperlink ref="G61" r:id="rId60"/>
     <hyperlink ref="G62" r:id="rId61"/>
     <hyperlink ref="G63" r:id="rId62"/>
     <hyperlink ref="G64" r:id="rId63"/>
     <hyperlink ref="G65" r:id="rId64"/>
     <hyperlink ref="G66" r:id="rId65"/>
     <hyperlink ref="G67" r:id="rId66"/>
     <hyperlink ref="G68" r:id="rId67"/>
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>